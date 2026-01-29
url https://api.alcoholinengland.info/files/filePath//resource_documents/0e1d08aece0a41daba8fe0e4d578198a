--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -283,51 +283,51 @@
     <a:srgbClr val="65B9BF"/>
     <a:srgbClr val="1B6EB7"/>
     <a:srgbClr val="BC8F00"/>
     <a:srgbClr val="5A9B8B"/>
     <a:srgbClr val="7D0000"/>
     <a:srgbClr val="008000"/>
     <a:srgbClr val="002B82"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{7803810B-6915-47DB-AA22-BBB134487A9B}" v="12" dt="2025-11-12T12:40:48.515"/>
+    <p1510:client id="{87E81F79-B4DB-4F2F-9C3D-3A1CB2746374}" v="12" dt="2026-01-13T17:24:39.699"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -480,54 +480,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94701" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="112" d="100"/>
-          <a:sy n="112" d="100"/>
+          <a:sx n="111" d="100"/>
+          <a:sy n="111" d="100"/>
         </p:scale>
-        <p:origin x="1566" y="96"/>
+        <p:origin x="1596" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz"/>
         <p:guide pos="358"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
@@ -535,1128 +535,144 @@
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="88" d="100"/>
           <a:sy n="88" d="100"/>
         </p:scale>
         <p:origin x="-3870" y="-120"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="36004" cy="36004"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:41:20.897" v="97" actId="27918"/>
+    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}"/>
+    <pc:docChg chg="undo custSel modSld">
+      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T17:24:39.714" v="94" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T11:43:44.936" v="17" actId="20577"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T13:22:03.415" v="19" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="367"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T11:43:44.936" v="17" actId="20577"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T13:22:03.415" v="19" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="367"/>
             <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:37:37.992" v="54" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T15:26:05.759" v="76" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="432"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T14:34:21.512" v="56" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="437"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:41:20.897" v="97" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T14:11:21.010" v="43" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="440"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T17:24:39.714" v="94" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="442"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T16:32:41.861" v="86" actId="1076"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="442"/>
+            <ac:graphicFrameMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:36:51.993" v="49" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T14:19:31.080" v="51" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="443"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:38:32.181" v="61" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T14:39:32.210" v="63" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3343570245" sldId="449"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:39:23.324" v="70" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T13:22:40.409" v="26" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="450"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T14:42:01.919" v="70" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865898611" sldId="451"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:40:19.421" v="82" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T15:38:35.499" v="82" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1081979619" sldId="452"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T12:30:52.263" v="35" actId="27918"/>
-[...1012 lines deleted...]
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{50A40985-73CE-4530-81A6-F69F1DF14787}" dt="2024-12-12T13:53:59.855" v="17" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T13:23:48.607" v="33" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="314473561" sldId="453"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet9.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet10.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
@@ -1723,54 +739,54 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$140</c:f>
+              <c:f>Sheet1!$A$2:$A$142</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -2137,60 +1153,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$140</c:f>
+              <c:f>Sheet1!$B$2:$B$142</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>28.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>25.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>26.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -2557,91 +1579,97 @@
                   <c:v>29</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>30</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>30.9</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>29.8</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>30.5</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>29.2</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>29.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$140</c:f>
+              <c:f>Sheet1!$A$2:$A$142</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -3008,60 +2036,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$140</c:f>
+              <c:f>Sheet1!$C$2:$C$142</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>29.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>28.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>29.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>30.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>29.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>30.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -3428,91 +2462,97 @@
                   <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>32.1</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>31.5</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>32.9</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>34.4</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>32.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>32</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="002B82"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$140</c:f>
+              <c:f>Sheet1!$A$2:$A$142</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -3879,60 +2919,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$140</c:f>
+              <c:f>Sheet1!$D$2:$D$142</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="139"/>
+                <c:ptCount val="141"/>
                 <c:pt idx="2">
                   <c:v>24.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -4299,50 +3345,56 @@
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>28.3</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>27.3</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>27.9</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="137">
                   <c:v>25.2</c:v>
                 </c:pt>
                 <c:pt idx="138">
                   <c:v>24.5</c:v>
+                </c:pt>
+                <c:pt idx="139">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="140">
+                  <c:v>27</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="896218272"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="896218272"/>
@@ -4511,8341 +3563,8281 @@
           <c:h val="0.84192215816394278"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Weight loss</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$123</c:f>
+              <c:f>Sheet1!$B$2:$B$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>20.34</c:v>
+                  <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>16.78</c:v>
+                  <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>19.5</c:v>
+                  <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>18.7</c:v>
+                  <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>20.5</c:v>
+                  <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>21.3</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>21.1</c:v>
+                  <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
+                  <c:v>22.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>22.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>25.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>25.2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>28.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>24.8</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>25.1</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>26.2</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>26.2</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>25.4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>22.9</c:v>
+                </c:pt>
+                <c:pt idx="25">
                   <c:v>22.5</c:v>
                 </c:pt>
-                <c:pt idx="8">
-[...2 lines deleted...]
-                <c:pt idx="9">
+                <c:pt idx="26">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>21.8</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>22.9</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>24.9</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>24.6</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>23.4</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>23.8</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>25.3</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>23.7</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>25.5</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>22.4</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>22.6</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>20.6</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>28.1</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>31.2</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>30.4</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>29.6</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>27.9</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>26.5</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>27.7</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>27.2</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>24.2</c:v>
+                </c:pt>
+                <c:pt idx="56">
                   <c:v>22.3</c:v>
                 </c:pt>
-                <c:pt idx="10">
-[...47 lines deleted...]
-                <c:pt idx="26">
+                <c:pt idx="57">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="60">
                   <c:v>22.9</c:v>
                 </c:pt>
-                <c:pt idx="27">
-[...14 lines deleted...]
-                <c:pt idx="32">
+                <c:pt idx="61">
+                  <c:v>20.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>21.7</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>24.3</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="66">
                   <c:v>24.9</c:v>
                 </c:pt>
-                <c:pt idx="33">
-[...100 lines deleted...]
-                </c:pt>
                 <c:pt idx="67">
-                  <c:v>23.2</c:v>
+                  <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>24.9</c:v>
+                  <c:v>32.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>30.1</c:v>
+                  <c:v>35.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>32.299999999999997</c:v>
+                  <c:v>40.4</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>35.200000000000003</c:v>
+                  <c:v>44.2</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>40.4</c:v>
+                  <c:v>48.8</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44.2</c:v>
+                  <c:v>51.5</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>48.8</c:v>
+                  <c:v>49.8</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>51.5</c:v>
+                  <c:v>47.6</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>49.8</c:v>
+                  <c:v>47.1</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>47.6</c:v>
+                  <c:v>45.6</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>47.1</c:v>
+                  <c:v>44.1</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>45.6</c:v>
+                  <c:v>41.4</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44.1</c:v>
+                  <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>41.4</c:v>
+                  <c:v>43.1</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>41.7</c:v>
+                  <c:v>43.2</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>43.1</c:v>
+                  <c:v>47.2</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>43.2</c:v>
+                  <c:v>46.6</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>47.2</c:v>
+                  <c:v>47.3</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>46.6</c:v>
+                  <c:v>43.7</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>47.3</c:v>
+                  <c:v>42.4</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>43.7</c:v>
+                  <c:v>41.1</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>42.4</c:v>
+                  <c:v>39.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>41.1</c:v>
+                  <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="91">
                   <c:v>39.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>39</c:v>
+                  <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>39.700000000000003</c:v>
+                  <c:v>32.1</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>36.9</c:v>
+                  <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="95">
+                  <c:v>32.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>31.8</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>38.6</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>39.4</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>32.5</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>36.4</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>36.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="111">
                   <c:v>32.1</c:v>
                 </c:pt>
-                <c:pt idx="96">
+                <c:pt idx="112">
+                  <c:v>30.4</c:v>
+                </c:pt>
+                <c:pt idx="113">
                   <c:v>34.700000000000003</c:v>
                 </c:pt>
-                <c:pt idx="97">
-[...35 lines deleted...]
-                <c:pt idx="109">
+                <c:pt idx="114">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="115">
                   <c:v>35.700000000000003</c:v>
                 </c:pt>
-                <c:pt idx="110">
-[...16 lines deleted...]
-                </c:pt>
                 <c:pt idx="116">
-                  <c:v>34.799999999999997</c:v>
+                  <c:v>32.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>35.700000000000003</c:v>
+                  <c:v>34.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>32.6</c:v>
+                  <c:v>34.9</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>34.200000000000003</c:v>
+                  <c:v>33.9</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>34.9</c:v>
-[...2 lines deleted...]
-                  <c:v>33.9</c:v>
+                  <c:v>37.700000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Future health concern</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$123</c:f>
+              <c:f>Sheet1!$C$2:$C$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>14.149999999999999</c:v>
+                  <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>20.75</c:v>
+                  <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>17.5</c:v>
                 </c:pt>
-                <c:pt idx="3">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="4">
-                  <c:v>15</c:v>
+                  <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>17.5</c:v>
+                  <c:v>25.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>21</c:v>
+                  <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>25.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>21.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>19.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>18.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>20.7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>23.7</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>22.6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>23.4</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>22.1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>22.5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21.8</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22.7</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23.5</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>22.2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>20.5</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>19.8</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>19.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>22.1</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>21.6</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>18.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>19.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>21.5</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>22.5</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>26.8</c:v>
+                </c:pt>
+                <c:pt idx="36">
                   <c:v>24.8</c:v>
                 </c:pt>
-                <c:pt idx="9">
-[...20 lines deleted...]
-                <c:pt idx="16">
+                <c:pt idx="37">
+                  <c:v>21.3</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>24.8</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>24.6</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>23.5</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>25.8</c:v>
+                </c:pt>
+                <c:pt idx="52">
                   <c:v>23.7</c:v>
                 </c:pt>
-                <c:pt idx="17">
-[...2 lines deleted...]
-                <c:pt idx="18">
+                <c:pt idx="53">
                   <c:v>23.4</c:v>
                 </c:pt>
-                <c:pt idx="19">
-[...2 lines deleted...]
-                <c:pt idx="20">
+                <c:pt idx="54">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>23.3</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>21.1</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>21.7</c:v>
+                </c:pt>
+                <c:pt idx="59">
                   <c:v>22.5</c:v>
                 </c:pt>
-                <c:pt idx="21">
-[...47 lines deleted...]
-                <c:pt idx="37">
+                <c:pt idx="60">
+                  <c:v>21.1</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>24.7</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>28.4</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>25.2</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>23.8</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="68">
                   <c:v>26.8</c:v>
                 </c:pt>
-                <c:pt idx="38">
-[...91 lines deleted...]
-                </c:pt>
                 <c:pt idx="69">
-                  <c:v>23.9</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>26.8</c:v>
+                  <c:v>31.6</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>28</c:v>
+                  <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>31.6</c:v>
+                  <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="73">
+                  <c:v>40.1</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>38.1</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>37.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>38.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>38.5</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>35.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>36.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>36.4</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>37.4</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>40.9</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>38.6</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="88">
                   <c:v>33.5</c:v>
                 </c:pt>
-                <c:pt idx="74">
-[...26 lines deleted...]
-                <c:pt idx="83">
+                <c:pt idx="89">
+                  <c:v>32.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>29.5</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>29.7</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>32.5</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>34.9</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>32.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>36.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>35.6</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="103">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
-                <c:pt idx="84">
+                <c:pt idx="104">
                   <c:v>36.299999999999997</c:v>
                 </c:pt>
-                <c:pt idx="85">
-[...14 lines deleted...]
-                <c:pt idx="90">
+                <c:pt idx="105">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>34.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>37.6</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>32.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>34.1</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>34.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="117">
                   <c:v>33.5</c:v>
                 </c:pt>
-                <c:pt idx="91">
-[...38 lines deleted...]
-                <c:pt idx="104">
+                <c:pt idx="118">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="120">
                   <c:v>35.1</c:v>
-                </c:pt>
-[...49 lines deleted...]
-                  <c:v>31.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Fitness</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$123</c:f>
+              <c:f>Sheet1!$D$2:$D$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>26.179999999999996</c:v>
+                  <c:v>24.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>20.849999999999998</c:v>
+                  <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>24.9</c:v>
+                  <c:v>21.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>21.2</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>21.8</c:v>
+                  <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>19.2</c:v>
+                  <c:v>23.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>22.9</c:v>
+                  <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23.5</c:v>
+                  <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>25.1</c:v>
+                  <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="9">
+                  <c:v>25.5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>27.5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>25.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>25.3</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>27.3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="20">
                   <c:v>24.7</c:v>
                 </c:pt>
-                <c:pt idx="10">
-[...2 lines deleted...]
-                <c:pt idx="11">
+                <c:pt idx="21">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>25.8</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>26.2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25.4</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25.9</c:v>
+                </c:pt>
+                <c:pt idx="26">
                   <c:v>25.5</c:v>
                 </c:pt>
-                <c:pt idx="12">
-[...5 lines deleted...]
-                <c:pt idx="14">
+                <c:pt idx="27">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>28.2</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>29.4</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>31.3</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>27.7</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>31.8</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>27.1</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>27.5</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>30.7</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>31.2</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>32.1</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>27.7</c:v>
+                </c:pt>
+                <c:pt idx="56">
                   <c:v>26.7</c:v>
                 </c:pt>
-                <c:pt idx="15">
-[...5 lines deleted...]
-                <c:pt idx="17">
+                <c:pt idx="57">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>30.5</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>27.1</c:v>
+                </c:pt>
+                <c:pt idx="61">
                   <c:v>25.9</c:v>
                 </c:pt>
-                <c:pt idx="18">
-[...47 lines deleted...]
-                <c:pt idx="34">
+                <c:pt idx="62">
                   <c:v>30.9</c:v>
                 </c:pt>
-                <c:pt idx="35">
-[...11 lines deleted...]
-                <c:pt idx="39">
+                <c:pt idx="63">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>34.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="65">
                   <c:v>29.8</c:v>
                 </c:pt>
-                <c:pt idx="40">
-[...11 lines deleted...]
-                <c:pt idx="44">
+                <c:pt idx="66">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="68">
                   <c:v>31.7</c:v>
                 </c:pt>
-                <c:pt idx="45">
-[...65 lines deleted...]
-                <c:pt idx="67">
+                <c:pt idx="69">
+                  <c:v>34.4</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>41.3</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44.9</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>48.3</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>47.7</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>48.7</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>47.1</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44.2</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>43.5</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>43.4</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>45.6</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>43.6</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>41.3</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>41.7</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>43.5</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>43.1</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44.6</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44.8</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>43.7</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>41.5</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>36.4</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>32.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="97">
                   <c:v>29.8</c:v>
                 </c:pt>
-                <c:pt idx="68">
-[...86 lines deleted...]
-                <c:pt idx="97">
+                <c:pt idx="98">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>38.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>39.1</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>42.6</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>44.1</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>39.6</c:v>
+                </c:pt>
+                <c:pt idx="105">
                   <c:v>36.4</c:v>
                 </c:pt>
-                <c:pt idx="98">
-[...22 lines deleted...]
-                </c:pt>
                 <c:pt idx="106">
-                  <c:v>39.6</c:v>
+                  <c:v>36.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>36.4</c:v>
+                  <c:v>40.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>36.200000000000003</c:v>
+                  <c:v>42.1</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>40.200000000000003</c:v>
+                  <c:v>39.4</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>42.1</c:v>
+                  <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>39.4</c:v>
+                  <c:v>36.1</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>36.9</c:v>
+                  <c:v>33.9</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>36.1</c:v>
+                  <c:v>36.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>33.9</c:v>
+                  <c:v>38.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>36.700000000000003</c:v>
+                  <c:v>40.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>38.200000000000003</c:v>
+                  <c:v>38.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>40.700000000000003</c:v>
+                  <c:v>38.1</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>38.6</c:v>
+                  <c:v>39.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>38.1</c:v>
+                  <c:v>39.5</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>39.299999999999997</c:v>
-[...2 lines deleted...]
-                  <c:v>39.5</c:v>
+                  <c:v>44.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Current health problem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$E$2:$E$123</c:f>
+              <c:f>Sheet1!$E$2:$E$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>5.12</c:v>
+                  <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>5.79</c:v>
+                  <c:v>8.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="12">
                   <c:v>6.9</c:v>
                 </c:pt>
-                <c:pt idx="3">
-[...28 lines deleted...]
-                </c:pt>
                 <c:pt idx="13">
-                  <c:v>7.4</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>6.9</c:v>
+                  <c:v>9.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>8.3000000000000007</c:v>
+                  <c:v>9.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>9.3000000000000007</c:v>
+                  <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>9.5</c:v>
+                  <c:v>6.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>6.7</c:v>
+                  <c:v>9.1</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>7.3</c:v>
+                  <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>9.1</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>10.5</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="23">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="25">
                   <c:v>9.1</c:v>
                 </c:pt>
-                <c:pt idx="24">
+                <c:pt idx="26">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="30">
                   <c:v>6.4</c:v>
                 </c:pt>
-                <c:pt idx="25">
-[...5 lines deleted...]
-                <c:pt idx="27">
+                <c:pt idx="31">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>9.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>13.1</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="47">
                   <c:v>9.1</c:v>
                 </c:pt>
-                <c:pt idx="28">
-[...2 lines deleted...]
-                <c:pt idx="29">
+                <c:pt idx="48">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>9.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="56">
                   <c:v>8</c:v>
                 </c:pt>
-                <c:pt idx="30">
-[...8 lines deleted...]
-                <c:pt idx="33">
+                <c:pt idx="57">
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="62">
                   <c:v>7.9</c:v>
                 </c:pt>
-                <c:pt idx="34">
-[...8 lines deleted...]
-                <c:pt idx="37">
+                <c:pt idx="63">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>10.6</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>10.6</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>11.7</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>11.8</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>12.3</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>12.6</c:v>
+                </c:pt>
+                <c:pt idx="85">
                   <c:v>13.1</c:v>
                 </c:pt>
-                <c:pt idx="38">
+                <c:pt idx="86">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>12.8</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+                <c:pt idx="91">
                   <c:v>11.1</c:v>
                 </c:pt>
-                <c:pt idx="39">
-[...116 lines deleted...]
-                <c:pt idx="78">
+                <c:pt idx="92">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>12.2</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>15.8</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>13.1</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>14.4</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>15.8</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>15.3</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="105">
                   <c:v>11.7</c:v>
                 </c:pt>
-                <c:pt idx="79">
+                <c:pt idx="106">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="111">
                   <c:v>12</c:v>
                 </c:pt>
-                <c:pt idx="80">
-[...17 lines deleted...]
-                <c:pt idx="86">
+                <c:pt idx="112">
+                  <c:v>13.3</c:v>
+                </c:pt>
+                <c:pt idx="113">
                   <c:v>12.6</c:v>
                 </c:pt>
-                <c:pt idx="87">
-[...2 lines deleted...]
-                <c:pt idx="88">
+                <c:pt idx="114">
                   <c:v>12.7</c:v>
                 </c:pt>
-                <c:pt idx="89">
-[...17 lines deleted...]
-                <c:pt idx="95">
+                <c:pt idx="115">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>13.5</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>13.5</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>12.2</c:v>
                 </c:pt>
-                <c:pt idx="96">
-[...70 lines deleted...]
-                </c:pt>
                 <c:pt idx="120">
-                  <c:v>12.1</c:v>
-[...2 lines deleted...]
-                  <c:v>12.2</c:v>
+                  <c:v>13.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Comment by family or friends</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$2:$F$123</c:f>
+              <c:f>Sheet1!$F$2:$F$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>4.1500000000000004</c:v>
+                  <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>7.4499999999999993</c:v>
+                  <c:v>6.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>5.6</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>6.5</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5.4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>4.5999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>3.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="23">
                   <c:v>6.2</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...29 lines deleted...]
-                <c:pt idx="15">
+                <c:pt idx="24">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="25">
                   <c:v>5.2</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="26">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="27">
                   <c:v>5</c:v>
                 </c:pt>
-                <c:pt idx="17">
-[...23 lines deleted...]
-                <c:pt idx="25">
+                <c:pt idx="28">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="29">
                   <c:v>6.2</c:v>
                 </c:pt>
-                <c:pt idx="26">
-[...10 lines deleted...]
-                </c:pt>
                 <c:pt idx="30">
-                  <c:v>5</c:v>
+                  <c:v>7.1</c:v>
                 </c:pt>
                 <c:pt idx="31">
                   <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>7.1</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>6.2</c:v>
+                  <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>7.4</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="35">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="38">
                   <c:v>6.9</c:v>
                 </c:pt>
-                <c:pt idx="36">
+                <c:pt idx="39">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="47">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
-                <c:pt idx="37">
-[...5 lines deleted...]
-                <c:pt idx="39">
+                <c:pt idx="48">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>6.8</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>6.5</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>4.7</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>3.4</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>4.3</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>3.6</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>5.0999999999999996</c:v>
                 </c:pt>
-                <c:pt idx="40">
-[...2 lines deleted...]
-                <c:pt idx="41">
+                <c:pt idx="64">
+                  <c:v>4.7</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>6.15</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>11.8</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>13.1</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>13.1</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="90">
                   <c:v>7</c:v>
                 </c:pt>
-                <c:pt idx="42">
-[...11 lines deleted...]
-                <c:pt idx="46">
+                <c:pt idx="91">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="97">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="98">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>9.4</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="102">
                   <c:v>7.7</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="103">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>10.4</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>9.4</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="117">
                   <c:v>9</c:v>
                 </c:pt>
-                <c:pt idx="49">
-[...83 lines deleted...]
-                <c:pt idx="77">
+                <c:pt idx="118">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>10.7</c:v>
                 </c:pt>
-                <c:pt idx="78">
-[...124 lines deleted...]
-                </c:pt>
                 <c:pt idx="120">
-                  <c:v>9.1</c:v>
-[...2 lines deleted...]
-                  <c:v>10.7</c:v>
+                  <c:v>9.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>GP/health worker advice</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$G$2:$G$123</c:f>
+              <c:f>Sheet1!$G$2:$G$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>4.55</c:v>
+                  <c:v>8.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>9.6199999999999992</c:v>
+                  <c:v>8.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>8.4</c:v>
+                  <c:v>6.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>8.1999999999999993</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>5.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
                   <c:v>6.5</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="7">
-                  <c:v>6.9</c:v>
+                  <c:v>8.8000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="8">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="25">
                   <c:v>6.5</c:v>
                 </c:pt>
-                <c:pt idx="9">
-[...49 lines deleted...]
-                </c:pt>
                 <c:pt idx="26">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="28">
                   <c:v>6.6</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="29">
+                  <c:v>4.3</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="32">
                   <c:v>6.5</c:v>
-                </c:pt>
-[...13 lines deleted...]
-                  <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="33">
                   <c:v>4.5</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>6.5</c:v>
+                  <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>4.5</c:v>
+                  <c:v>4.5999999999999996</c:v>
                 </c:pt>
                 <c:pt idx="36">
                   <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>4.5999999999999996</c:v>
+                  <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>4.8</c:v>
+                  <c:v>7.9</c:v>
                 </c:pt>
                 <c:pt idx="39">
+                  <c:v>9.4</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>4.3</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>6.8</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>6.5</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="66">
                   <c:v>6.9</c:v>
                 </c:pt>
-                <c:pt idx="40">
-[...8 lines deleted...]
-                <c:pt idx="43">
+                <c:pt idx="67">
+                  <c:v>8.1000000000000014</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>6.5</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>6.5</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>5.4</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="117">
                   <c:v>5.3</c:v>
                 </c:pt>
-                <c:pt idx="44">
-[...86 lines deleted...]
-                <c:pt idx="73">
+                <c:pt idx="118">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>5.8</c:v>
                 </c:pt>
-                <c:pt idx="74">
-[...136 lines deleted...]
-                </c:pt>
                 <c:pt idx="120">
-                  <c:v>5.0999999999999996</c:v>
-[...2 lines deleted...]
-                  <c:v>5.8</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Too expensive</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$H$2:$H$123</c:f>
+              <c:f>Sheet1!$H$2:$H$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>4.66</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12.139999999999999</c:v>
+                  <c:v>9.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>8</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
                   <c:v>9.4</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...2 lines deleted...]
-                <c:pt idx="5">
+                <c:pt idx="7">
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="17">
                   <c:v>8.4</c:v>
                 </c:pt>
-                <c:pt idx="6">
-[...34 lines deleted...]
-                </c:pt>
                 <c:pt idx="18">
-                  <c:v>10</c:v>
+                  <c:v>7.7</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>8.4</c:v>
                 </c:pt>
                 <c:pt idx="20">
+                  <c:v>9.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="67">
                   <c:v>7.7</c:v>
                 </c:pt>
-                <c:pt idx="21">
-[...41 lines deleted...]
-                <c:pt idx="35">
+                <c:pt idx="68">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>9.9</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>12.3</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>16.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="76">
                   <c:v>12.4</c:v>
                 </c:pt>
-                <c:pt idx="36">
-[...35 lines deleted...]
-                <c:pt idx="48">
+                <c:pt idx="77">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="78">
                   <c:v>10.7</c:v>
                 </c:pt>
-                <c:pt idx="49">
-[...86 lines deleted...]
-                <c:pt idx="78">
+                <c:pt idx="79">
                   <c:v>12.4</c:v>
                 </c:pt>
-                <c:pt idx="79">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="80">
-                  <c:v>10.7</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>12.4</c:v>
+                  <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>13.4</c:v>
+                  <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="83">
                   <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>13.7</c:v>
+                  <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="85">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>13.3</c:v>
+                </c:pt>
+                <c:pt idx="89">
                   <c:v>13.1</c:v>
                 </c:pt>
-                <c:pt idx="86">
-[...10 lines deleted...]
-                </c:pt>
                 <c:pt idx="90">
-                  <c:v>13.3</c:v>
+                  <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>13.1</c:v>
+                  <c:v>12.5</c:v>
                 </c:pt>
                 <c:pt idx="92">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>12.5</c:v>
+                  <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>12.6</c:v>
+                  <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="95">
+                  <c:v>16.8</c:v>
+                </c:pt>
+                <c:pt idx="96">
                   <c:v>14.8</c:v>
                 </c:pt>
-                <c:pt idx="96">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="97">
-                  <c:v>16.8</c:v>
+                  <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>14.8</c:v>
+                  <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>14.1</c:v>
+                  <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="100">
+                  <c:v>17.3</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>15.9</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>18.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>19.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>19.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>18.2</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>19.7</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>16.7</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>15.2</c:v>
+                </c:pt>
+                <c:pt idx="112">
                   <c:v>15.4</c:v>
                 </c:pt>
-                <c:pt idx="101">
+                <c:pt idx="113">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>17.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>19.3</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>19.5</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>17.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="118">
                   <c:v>15.6</c:v>
                 </c:pt>
-                <c:pt idx="102">
-[...47 lines deleted...]
-                <c:pt idx="118">
+                <c:pt idx="119">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="120">
                   <c:v>19.5</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>15</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$I$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Detox</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$I$2:$I$123</c:f>
+              <c:f>Sheet1!$I$2:$I$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>3.8699999999999997</c:v>
+                  <c:v>3.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2.6100000000000003</c:v>
+                  <c:v>4.4000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3.9</c:v>
+                  <c:v>5.0999999999999996</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>4.4000000000000004</c:v>
+                  <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5.0999999999999996</c:v>
+                  <c:v>3.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>4.9000000000000004</c:v>
+                  <c:v>6.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3.7</c:v>
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="7">
+                  <c:v>12.2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6.5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="13">
                   <c:v>6.7</c:v>
                 </c:pt>
-                <c:pt idx="8">
-[...8 lines deleted...]
-                <c:pt idx="11">
+                <c:pt idx="14">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>8.5</c:v>
+                </c:pt>
+                <c:pt idx="17">
                   <c:v>8.6</c:v>
                 </c:pt>
-                <c:pt idx="12">
-[...11 lines deleted...]
-                <c:pt idx="16">
+                <c:pt idx="18">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>15.1</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>12.8</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>11.8</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>16.3</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>15.1</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>13.2</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>10.5</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>11.3</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="45">
                   <c:v>7.5</c:v>
                 </c:pt>
-                <c:pt idx="17">
-[...8 lines deleted...]
-                <c:pt idx="20">
+                <c:pt idx="46">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>13.3</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>12.8</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>16.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>17.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>12.5</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>8.5500000000000007</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>16.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>22.2</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>20.5</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>17.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>15.3</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>16.8</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>16.3</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>15.1</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>17.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>16.8</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>16.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>14.2</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>13.8</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>14.4</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>15.6</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="93">
                   <c:v>12.7</c:v>
                 </c:pt>
-                <c:pt idx="21">
-[...29 lines deleted...]
-                <c:pt idx="31">
+                <c:pt idx="94">
+                  <c:v>13.5</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>13.6</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>13.2</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>13.7</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>15.2</c:v>
+                </c:pt>
+                <c:pt idx="103">
                   <c:v>13.4</c:v>
-                </c:pt>
-[...214 lines deleted...]
-                  <c:v>16.2</c:v>
                 </c:pt>
                 <c:pt idx="104">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>13.4</c:v>
+                  <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>15.2</c:v>
+                  <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="107">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="108">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
-                <c:pt idx="108">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="109">
-                  <c:v>17.8</c:v>
+                  <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>16.100000000000001</c:v>
+                  <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>14.8</c:v>
+                  <c:v>13.9</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>15.6</c:v>
+                  <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>13.9</c:v>
+                  <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>13.6</c:v>
+                  <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="115">
+                  <c:v>17.2</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="117">
                   <c:v>15.1</c:v>
                 </c:pt>
-                <c:pt idx="116">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="118">
-                  <c:v>16.5</c:v>
+                  <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>15.1</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>13.7</c:v>
-[...2 lines deleted...]
-                  <c:v>13.1</c:v>
+                  <c:v>17</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$J$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Gov't advert</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$J$2:$J$123</c:f>
+              <c:f>Sheet1!$J$2:$J$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2.5700000000000003</c:v>
+                  <c:v>1.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
+                  <c:v>1.8</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>3.2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>1.1000000000000001</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2.1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2.2000000000000002</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>3.1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>3.5</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>4.2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>1.8</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>2.8</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>2.9</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>3.1</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>4.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>2.9</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>2.4</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>1.6</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>1.9</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>1.9</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>2.9</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>1.9</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>1.6</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>2.7</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="59">
                   <c:v>1.5</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="60">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>1.2</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>2.2000000000000002</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>2.7</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>4.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>4.5999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>4.4499999999999993</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="71">
                   <c:v>1.8</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...2 lines deleted...]
-                <c:pt idx="5">
+                <c:pt idx="72">
+                  <c:v>2.2000000000000002</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>2.8</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>2.9</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>3.5</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>2.1</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="85">
                   <c:v>2.5</c:v>
                 </c:pt>
-                <c:pt idx="6">
-[...116 lines deleted...]
-                <c:pt idx="45">
+                <c:pt idx="86">
                   <c:v>2.4</c:v>
-                </c:pt>
-[...121 lines deleted...]
-                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="87">
                   <c:v>2.5</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>2.4</c:v>
+                  <c:v>2.7</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>2.5</c:v>
+                  <c:v>2.6</c:v>
                 </c:pt>
                 <c:pt idx="90">
                   <c:v>2.7</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>2.6</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>2.7</c:v>
+                  <c:v>2.4</c:v>
                 </c:pt>
                 <c:pt idx="93">
+                  <c:v>3.1</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>1.5</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>1.8</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>2.4</c:v>
+                </c:pt>
+                <c:pt idx="98">
                   <c:v>2</c:v>
                 </c:pt>
-                <c:pt idx="94">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="99">
-                  <c:v>2.4</c:v>
+                  <c:v>1.9</c:v>
                 </c:pt>
                 <c:pt idx="100">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>1.9</c:v>
+                  <c:v>2.2999999999999998</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>2</c:v>
+                  <c:v>2.9</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>2.2999999999999998</c:v>
+                  <c:v>2.9</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>2.9</c:v>
+                  <c:v>2.1</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>2.9</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>2.1</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="107">
                   <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="108">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>1.6</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="112">
                   <c:v>1.4</c:v>
                 </c:pt>
-                <c:pt idx="109">
+                <c:pt idx="113">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>1.8</c:v>
+                </c:pt>
+                <c:pt idx="115">
                   <c:v>1.5</c:v>
-                </c:pt>
-[...16 lines deleted...]
-                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>1.8</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>1.5</c:v>
+                  <c:v>1.6</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>1.8</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>1.6</c:v>
+                  <c:v>2.1</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>1.4</c:v>
-[...2 lines deleted...]
-                  <c:v>2.1</c:v>
+                  <c:v>2.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-0A92-4679-A989-67DDC1EC1946}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$K$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Dry January</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$K$2:$K$123</c:f>
+              <c:f>Sheet1!$K$2:$K$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
+                <c:pt idx="67">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>15.6</c:v>
+                </c:pt>
                 <c:pt idx="69">
-                  <c:v>7.8</c:v>
+                  <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>15.6</c:v>
+                  <c:v>17.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="71">
+                  <c:v>17.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>17.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>19.3</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>21.3</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>18.5</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>18.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>19.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>18.8</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>16.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>14.2</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="90">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
-                <c:pt idx="72">
-[...20 lines deleted...]
-                <c:pt idx="79">
+                <c:pt idx="91">
                   <c:v>17.8</c:v>
-                </c:pt>
-[...34 lines deleted...]
-                  <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="92">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>17.8</c:v>
+                  <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>16.100000000000001</c:v>
+                  <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>16.7</c:v>
+                  <c:v>11.2</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>13.3</c:v>
+                  <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>11.2</c:v>
+                  <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>14.8</c:v>
+                  <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>15.8</c:v>
+                  <c:v>16.2</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>16</c:v>
+                  <c:v>18.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="101">
+                  <c:v>18.3</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>13.8</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>17.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>19.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>18.2</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>18.5</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>22.4</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>22.6</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>19.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>13.8</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>19.7</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>21.1</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>22.7</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>19.7</c:v>
+                </c:pt>
+                <c:pt idx="117">
                   <c:v>16.2</c:v>
                 </c:pt>
-                <c:pt idx="102">
-[...29 lines deleted...]
-                <c:pt idx="112">
+                <c:pt idx="118">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>17</c:v>
                 </c:pt>
-                <c:pt idx="113">
-[...19 lines deleted...]
-                </c:pt>
                 <c:pt idx="120">
-                  <c:v>16.399999999999999</c:v>
-[...2 lines deleted...]
-                  <c:v>17</c:v>
+                  <c:v>17.100000000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1304-4676-A672-4131B63F5BA8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Baby/pregnancy</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$122</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42370</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42401</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42430</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42461</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42491</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42522</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42552</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42583</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42614</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42644</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42675</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42705</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42736</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42767</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42795</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42826</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42856</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42887</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42917</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42948</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42979</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>43009</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>43040</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43070</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43101</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43132</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43160</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43191</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43221</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43252</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43282</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43313</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43344</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43374</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43405</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43435</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43466</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43497</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43525</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43556</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43586</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43617</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43647</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43678</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43709</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43739</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43770</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43800</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43831</c:v>
+                  <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43891</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43922</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43952</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43983</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>44013</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44044</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44075</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44105</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44136</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44166</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44197</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44228</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44256</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44287</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44317</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44348</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44378</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44409</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44440</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44470</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44501</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44531</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44562</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44593</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44621</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44652</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44713</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44774</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44835</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44927</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44958</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44986</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>45017</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45047</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45078</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45139</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45200</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45261</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45292</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45323</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45352</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45383</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45444</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45505</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45627</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45658</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45689</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45748</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45809</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45870</c:v>
-[...2 lines deleted...]
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$L$2:$L$123</c:f>
+              <c:f>Sheet1!$L$2:$L$122</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="121"/>
                 <c:pt idx="0">
-                  <c:v>5.14</c:v>
+                  <c:v>2.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2.1</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.4</c:v>
+                  <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.4</c:v>
+                  <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.8</c:v>
+                  <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1.3</c:v>
+                  <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1.3</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.7</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.3</c:v>
+                  <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.3</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="14">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="15">
                   <c:v>0.9</c:v>
                 </c:pt>
-                <c:pt idx="14">
+                <c:pt idx="16">
                   <c:v>0.9</c:v>
                 </c:pt>
-                <c:pt idx="15">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="17">
-                  <c:v>0.9</c:v>
+                  <c:v>1.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>1.2</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="20">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>0.7</c:v>
+                </c:pt>
+                <c:pt idx="25">
                   <c:v>0.9</c:v>
                 </c:pt>
-                <c:pt idx="21">
-[...11 lines deleted...]
-                <c:pt idx="25">
+                <c:pt idx="26">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>1.5</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="33">
                   <c:v>1</c:v>
                 </c:pt>
-                <c:pt idx="26">
-[...22 lines deleted...]
-                </c:pt>
                 <c:pt idx="34">
-                  <c:v>1.4</c:v>
+                  <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="35">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="36">
+                  <c:v>1.6</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>1.3</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>1.1000000000000001</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="41">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="37">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="42">
-                  <c:v>1</c:v>
+                  <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>0.6</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>0.8</c:v>
+                  <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>0.2</c:v>
+                  <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>0.7</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>0.7</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>1</c:v>
+                  <c:v>1.6</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>2</c:v>
+                  <c:v>1.2</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>1.6</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>1.2</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>0.2</c:v>
+                  <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>0.5</c:v>
+                  <c:v>1.8</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>0.8</c:v>
+                  <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>1.8</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="58">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="60">
                   <c:v>1.3</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>1.3</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>0.9</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>0.9</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="65">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>0.5</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>0.5</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="68">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>0.2</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="70">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="71">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>0.7</c:v>
+                </c:pt>
+                <c:pt idx="77">
                   <c:v>0.4</c:v>
                 </c:pt>
-                <c:pt idx="72">
-[...11 lines deleted...]
-                <c:pt idx="76">
+                <c:pt idx="78">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="84">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="77">
+                <c:pt idx="85">
                   <c:v>0.6</c:v>
-                </c:pt>
-[...22 lines deleted...]
-                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="86">
                   <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="87">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="90">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="88">
+                <c:pt idx="91">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>0.7</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="94">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="89">
-[...5 lines deleted...]
-                <c:pt idx="91">
+                <c:pt idx="95">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>1.3</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="106">
                   <c:v>0.2</c:v>
                 </c:pt>
-                <c:pt idx="92">
+                <c:pt idx="107">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>0.7</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="111">
                   <c:v>0.6</c:v>
                 </c:pt>
-                <c:pt idx="93">
-[...2 lines deleted...]
-                <c:pt idx="94">
+                <c:pt idx="112">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="116">
                   <c:v>0.7</c:v>
                 </c:pt>
-                <c:pt idx="95">
-[...17 lines deleted...]
-                <c:pt idx="101">
+                <c:pt idx="117">
+                  <c:v>1.5</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>0.3</c:v>
                 </c:pt>
-                <c:pt idx="102">
-[...23 lines deleted...]
-                <c:pt idx="110">
+                <c:pt idx="120">
                   <c:v>0.7</c:v>
-                </c:pt>
-[...31 lines deleted...]
-                  <c:v>0.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1304-4676-A672-4131B63F5BA8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1341219424"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="1341219424"/>
@@ -15032,54 +14024,54 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$138</c:f>
+              <c:f>Sheet1!$A$2:$A$140</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15446,60 +14438,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$138</c:f>
+              <c:f>Sheet1!$B$2:$B$140</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>28.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>25.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>26.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -15866,91 +14864,97 @@
                   <c:v>29</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>30</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>30.9</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>29.8</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>30.5</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>29.2</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>29.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Men</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$138</c:f>
+              <c:f>Sheet1!$A$2:$A$140</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16317,60 +15321,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$138</c:f>
+              <c:f>Sheet1!$C$2:$C$140</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>37.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>36.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>33.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>35.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>35.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>34.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -16737,91 +15747,97 @@
                   <c:v>38</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>38.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>38.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>39.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>38.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>38.9</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>37.9</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>39.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>38.5</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>40.4</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>39.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Women</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="002B82"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$138</c:f>
+              <c:f>Sheet1!$A$2:$A$140</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -17188,60 +16204,66 @@
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$138</c:f>
+              <c:f>Sheet1!$D$2:$D$140</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="137"/>
+                <c:ptCount val="139"/>
                 <c:pt idx="0">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>17.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -17608,50 +16630,56 @@
                   <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="129">
                   <c:v>21.6</c:v>
                 </c:pt>
                 <c:pt idx="130">
                   <c:v>20.9</c:v>
                 </c:pt>
                 <c:pt idx="131">
                   <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="132">
                   <c:v>22.4</c:v>
                 </c:pt>
                 <c:pt idx="133">
                   <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="134">
                   <c:v>22.2</c:v>
                 </c:pt>
                 <c:pt idx="135">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="136">
                   <c:v>20.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="137">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="138">
+                  <c:v>19.899999999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-2070-4625-9F79-CCF48FE2CB3F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="896218272"/>
         <c:axId val="1"/>
         <c:extLst/>
       </c:lineChart>
       <c:dateAx>
@@ -17828,54 +16856,54 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$5:$A$126</c:f>
+              <c:f>Sheet1!$A$5:$A$127</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -18197,60 +17225,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$5:$B$126</c:f>
+              <c:f>Sheet1!$B$5:$B$127</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>22.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -18572,91 +17603,94 @@
                   <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>26.5</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>29.2</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>29.7</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>28.1</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>28.1</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>26.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-79BC-460F-8AD1-9257B680333A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$5:$A$126</c:f>
+              <c:f>Sheet1!$A$5:$A$127</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -18978,60 +18012,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$5:$C$126</c:f>
+              <c:f>Sheet1!$C$5:$C$127</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>25.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>22.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>22.2</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -19353,91 +18390,94 @@
                   <c:v>28.2</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>28.5</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>30.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>33.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>31.7</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>30.5</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>31.8</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>30.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-79BC-460F-8AD1-9257B680333A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$5:$A$126</c:f>
+              <c:f>Sheet1!$A$5:$A$127</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -19759,60 +18799,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$5:$D$126</c:f>
+              <c:f>Sheet1!$D$5:$D$127</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>16.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>16.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -20134,50 +19177,53 @@
                   <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>25.3</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>26.6</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>28.3</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>26.5</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>19.899999999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-79BC-460F-8AD1-9257B680333A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="792902575"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="792902575"/>
@@ -20348,2356 +19394,2374 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$3:$A$125</c:f>
+              <c:f>Sheet1!$A$4:$A$126</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>41760</c:v>
+                </c:pt>
                 <c:pt idx="1">
-                  <c:v>41760</c:v>
+                  <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41791</c:v>
+                  <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41821</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41852</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41883</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41913</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41944</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41974</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42005</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42036</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42064</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42095</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42125</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42156</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42186</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42217</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42248</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42278</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42309</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42339</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42370</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42401</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42430</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42461</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42491</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42522</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42552</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42583</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42614</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42644</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42675</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42705</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42736</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42767</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42795</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42826</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42856</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42887</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42917</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>42948</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>42979</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43009</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43040</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43070</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43101</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43132</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43160</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43191</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43221</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43252</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43282</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43313</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43344</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43374</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43405</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43435</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43466</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43497</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43525</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43556</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43586</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43617</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43647</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43678</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43709</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43739</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43770</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43800</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43831</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43922</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43952</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>43983</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44013</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44044</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44075</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44105</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44136</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44166</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44197</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44228</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44256</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44287</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44317</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44348</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44378</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44409</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44440</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44470</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44501</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44531</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44562</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44593</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44621</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44652</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44713</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44774</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44835</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44927</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44958</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>44986</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45017</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45047</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45078</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45139</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45200</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45261</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45292</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45323</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45352</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45383</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45444</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45505</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45566</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45748</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45809</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
-                  <c:v>45870</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="122">
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$125</c:f>
+              <c:f>Sheet1!$B$4:$B$126</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>28.6</c:v>
+                </c:pt>
                 <c:pt idx="1">
+                  <c:v>28.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>26.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>23.3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>26.1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>26.8</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>27.5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>26.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>27.3</c:v>
+                </c:pt>
+                <c:pt idx="14">
                   <c:v>28.6</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...37 lines deleted...]
-                </c:pt>
                 <c:pt idx="15">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>27.1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>25.8</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>34.4</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>32.6</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>30.4</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="26">
                   <c:v>28.6</c:v>
                 </c:pt>
-                <c:pt idx="16">
-[...29 lines deleted...]
-                <c:pt idx="26">
+                <c:pt idx="27">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="28">
                   <c:v>30</c:v>
                 </c:pt>
-                <c:pt idx="27">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="29">
-                  <c:v>30</c:v>
+                  <c:v>31.5</c:v>
                 </c:pt>
                 <c:pt idx="30">
+                  <c:v>31.4</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>30.5</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>30.8</c:v>
+                </c:pt>
+                <c:pt idx="34">
                   <c:v>31.5</c:v>
                 </c:pt>
-                <c:pt idx="31">
-[...10 lines deleted...]
-                </c:pt>
                 <c:pt idx="35">
-                  <c:v>31.5</c:v>
+                  <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>32.200000000000003</c:v>
+                  <c:v>30.2</c:v>
                 </c:pt>
                 <c:pt idx="37">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>29.5</c:v>
+                </c:pt>
+                <c:pt idx="39">
                   <c:v>30.2</c:v>
                 </c:pt>
-                <c:pt idx="38">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="40">
-                  <c:v>30.2</c:v>
+                  <c:v>30.6</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>30.6</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>30.6</c:v>
+                  <c:v>29.9</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>29.9</c:v>
+                  <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>27.6</c:v>
+                  <c:v>29</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>29</c:v>
+                  <c:v>27.9</c:v>
                 </c:pt>
                 <c:pt idx="46">
+                  <c:v>27.5</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>23.5</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>25.2</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>26.2</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>27.3</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>28.3</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>29.3</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>27.8</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>24.2</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>26.2</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="68">
                   <c:v>27.9</c:v>
                 </c:pt>
-                <c:pt idx="47">
-[...32 lines deleted...]
-                <c:pt idx="58">
+                <c:pt idx="69">
                   <c:v>27.3</c:v>
                 </c:pt>
-                <c:pt idx="59">
-[...31 lines deleted...]
-                </c:pt>
                 <c:pt idx="70">
-                  <c:v>27.3</c:v>
+                  <c:v>29.2</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>29.2</c:v>
+                  <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>30.7</c:v>
+                  <c:v>33.1</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>33.1</c:v>
+                  <c:v>32.5</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>32.5</c:v>
+                  <c:v>33.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>33.700000000000003</c:v>
+                  <c:v>34.4</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>34.4</c:v>
+                  <c:v>36</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>36</c:v>
+                  <c:v>34.6</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>34.6</c:v>
+                  <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>34.299999999999997</c:v>
+                  <c:v>33.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="80">
+                  <c:v>32.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="83">
                   <c:v>33.200000000000003</c:v>
                 </c:pt>
-                <c:pt idx="81">
+                <c:pt idx="84">
+                  <c:v>33.6</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>32.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>33.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>33.4</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="90">
                   <c:v>32.200000000000003</c:v>
-                </c:pt>
-[...25 lines deleted...]
-                  <c:v>32.9</c:v>
                 </c:pt>
                 <c:pt idx="91">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="92">
+                  <c:v>31.1</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>30.4</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>33.4</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>31.3</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>32.1</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>33.9</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>35.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>34.1</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>34.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>35.4</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>36.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>34.9</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="112">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
-                <c:pt idx="93">
-[...29 lines deleted...]
-                <c:pt idx="103">
+                <c:pt idx="113">
+                  <c:v>31.6</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>36.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>36.9</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>35.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="119">
                   <c:v>34.700000000000003</c:v>
                 </c:pt>
-                <c:pt idx="104">
-[...14 lines deleted...]
-                <c:pt idx="109">
+                <c:pt idx="120">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="122">
                   <c:v>34.9</c:v>
-                </c:pt>
-[...37 lines deleted...]
-                  <c:v>33.200000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E753-4704-854C-45B8DF15CA8D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$3:$A$125</c:f>
+              <c:f>Sheet1!$A$4:$A$126</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>41760</c:v>
+                </c:pt>
                 <c:pt idx="1">
-                  <c:v>41760</c:v>
+                  <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41791</c:v>
+                  <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41821</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41852</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41883</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41913</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41944</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41974</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42005</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42036</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42064</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42095</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42125</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42156</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42186</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42217</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42248</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42278</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42309</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42339</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42370</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42401</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42430</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42461</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42491</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42522</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42552</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42583</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42614</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42644</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42675</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42705</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42736</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42767</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42795</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42826</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42856</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42887</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42917</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>42948</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>42979</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43009</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43040</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43070</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43101</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43132</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43160</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43191</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43221</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43252</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43282</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43313</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43344</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43374</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43405</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43435</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43466</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43497</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43525</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43556</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43586</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43617</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43647</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43678</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43709</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43739</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43770</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43800</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43831</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43922</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43952</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>43983</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44013</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44044</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44075</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44105</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44136</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44166</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44197</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44228</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44256</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44287</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44317</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44348</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44378</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44409</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44440</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44470</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44501</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44531</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44562</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44593</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44621</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44652</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44713</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44774</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44835</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44927</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44958</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>44986</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45017</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45047</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45078</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45139</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45200</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45261</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45292</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45323</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45352</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45383</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45444</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45505</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45566</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45748</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45809</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
-                  <c:v>45870</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="122">
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$3:$C$125</c:f>
+              <c:f>Sheet1!$C$4:$C$126</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>30.3</c:v>
+                </c:pt>
                 <c:pt idx="1">
-                  <c:v>30.3</c:v>
+                  <c:v>30.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>30.4</c:v>
+                  <c:v>27.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>27.4</c:v>
+                  <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>27.8</c:v>
+                  <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>25.6</c:v>
+                  <c:v>27.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>27.3</c:v>
+                  <c:v>28.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>28.3</c:v>
+                  <c:v>27.1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>27.1</c:v>
+                  <c:v>26.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>26.1</c:v>
+                  <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>25.8</c:v>
+                  <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>26.7</c:v>
+                  <c:v>27.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>27.7</c:v>
+                  <c:v>29.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
+                  <c:v>29.9</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>27.8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>29.5</c:v>
                 </c:pt>
-                <c:pt idx="15">
+                <c:pt idx="19">
+                  <c:v>29.4</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>34.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>33.1</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>30.3</c:v>
+                </c:pt>
+                <c:pt idx="24">
                   <c:v>29.9</c:v>
-                </c:pt>
-[...25 lines deleted...]
-                  <c:v>30.3</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>29.9</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>29.9</c:v>
+                  <c:v>29.3</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>29.3</c:v>
+                  <c:v>28.3</c:v>
                 </c:pt>
                 <c:pt idx="28">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>32.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>31.3</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>31.6</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>31.3</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>30.5</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>29.6</c:v>
+                </c:pt>
+                <c:pt idx="38">
                   <c:v>28.3</c:v>
                 </c:pt>
-                <c:pt idx="29">
-[...2 lines deleted...]
-                <c:pt idx="30">
+                <c:pt idx="39">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>30.3</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>31.1</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>24.9</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>25.8</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>25.8</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>28.2</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>27.8</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>29.2</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>29.7</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>26.1</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>25.4</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>28.3</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>28.1</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>27.2</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>37.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>35.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>34.4</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>36.6</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>35.4</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>31.9</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>31.6</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>36.9</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="97">
                   <c:v>31.5</c:v>
                 </c:pt>
-                <c:pt idx="31">
+                <c:pt idx="98">
+                  <c:v>33.6</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>35.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>35.4</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>35.9</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>36.1</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>35.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>37.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>38.1</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>37.4</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>36.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="111">
                   <c:v>32.299999999999997</c:v>
-                </c:pt>
-[...238 lines deleted...]
-                  <c:v>36.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>32.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>32.299999999999997</c:v>
+                  <c:v>32.1</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>32.1</c:v>
+                  <c:v>32.6</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>32.6</c:v>
+                  <c:v>35.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>35.299999999999997</c:v>
+                  <c:v>36.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>36.6</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>36.6</c:v>
+                  <c:v>36.5</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>36.5</c:v>
+                  <c:v>38.1</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>38.1</c:v>
+                  <c:v>38.4</c:v>
                 </c:pt>
                 <c:pt idx="121">
-                  <c:v>38.4</c:v>
+                  <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="122">
-                  <c:v>35.799999999999997</c:v>
+                  <c:v>36.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-E753-4704-854C-45B8DF15CA8D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$3:$A$125</c:f>
+              <c:f>Sheet1!$A$4:$A$126</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>41760</c:v>
+                </c:pt>
                 <c:pt idx="1">
-                  <c:v>41760</c:v>
+                  <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41791</c:v>
+                  <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41821</c:v>
+                  <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41852</c:v>
+                  <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41883</c:v>
+                  <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41913</c:v>
+                  <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41944</c:v>
+                  <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41974</c:v>
+                  <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42005</c:v>
+                  <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42036</c:v>
+                  <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42064</c:v>
+                  <c:v>42095</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42095</c:v>
+                  <c:v>42125</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42125</c:v>
+                  <c:v>42156</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42156</c:v>
+                  <c:v>42186</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42186</c:v>
+                  <c:v>42217</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42217</c:v>
+                  <c:v>42248</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42248</c:v>
+                  <c:v>42278</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42278</c:v>
+                  <c:v>42309</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>42309</c:v>
+                  <c:v>42339</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>42339</c:v>
+                  <c:v>42370</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>42370</c:v>
+                  <c:v>42401</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>42401</c:v>
+                  <c:v>42430</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>42430</c:v>
+                  <c:v>42461</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>42461</c:v>
+                  <c:v>42491</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>42491</c:v>
+                  <c:v>42522</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>42522</c:v>
+                  <c:v>42552</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>42552</c:v>
+                  <c:v>42583</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>42583</c:v>
+                  <c:v>42614</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>42614</c:v>
+                  <c:v>42644</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>42644</c:v>
+                  <c:v>42675</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>42675</c:v>
+                  <c:v>42705</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>42705</c:v>
+                  <c:v>42736</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>42736</c:v>
+                  <c:v>42767</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>42767</c:v>
+                  <c:v>42795</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>42795</c:v>
+                  <c:v>42826</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>42826</c:v>
+                  <c:v>42856</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>42856</c:v>
+                  <c:v>42887</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>42887</c:v>
+                  <c:v>42917</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>42917</c:v>
+                  <c:v>42948</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>42948</c:v>
+                  <c:v>42979</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>42979</c:v>
+                  <c:v>43009</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>43009</c:v>
+                  <c:v>43040</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>43040</c:v>
+                  <c:v>43070</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>43070</c:v>
+                  <c:v>43101</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>43101</c:v>
+                  <c:v>43132</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>43132</c:v>
+                  <c:v>43160</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>43160</c:v>
+                  <c:v>43191</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>43191</c:v>
+                  <c:v>43221</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>43221</c:v>
+                  <c:v>43252</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>43252</c:v>
+                  <c:v>43282</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>43282</c:v>
+                  <c:v>43313</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>43313</c:v>
+                  <c:v>43344</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>43344</c:v>
+                  <c:v>43374</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>43374</c:v>
+                  <c:v>43405</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>43405</c:v>
+                  <c:v>43435</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>43435</c:v>
+                  <c:v>43466</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>43466</c:v>
+                  <c:v>43497</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>43497</c:v>
+                  <c:v>43525</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>43525</c:v>
+                  <c:v>43556</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>43556</c:v>
+                  <c:v>43586</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>43586</c:v>
+                  <c:v>43617</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>43617</c:v>
+                  <c:v>43647</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>43647</c:v>
+                  <c:v>43678</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>43678</c:v>
+                  <c:v>43709</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>43709</c:v>
+                  <c:v>43739</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>43739</c:v>
+                  <c:v>43770</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>43770</c:v>
+                  <c:v>43800</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>43800</c:v>
+                  <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>43831</c:v>
+                  <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>43862</c:v>
+                  <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>43922</c:v>
+                  <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>43952</c:v>
+                  <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>43983</c:v>
+                  <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>44013</c:v>
+                  <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>44044</c:v>
+                  <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>44075</c:v>
+                  <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>44105</c:v>
+                  <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>44136</c:v>
+                  <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>44166</c:v>
+                  <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>44197</c:v>
+                  <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="81">
-                  <c:v>44228</c:v>
+                  <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="82">
-                  <c:v>44256</c:v>
+                  <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="83">
-                  <c:v>44287</c:v>
+                  <c:v>44317</c:v>
                 </c:pt>
                 <c:pt idx="84">
-                  <c:v>44317</c:v>
+                  <c:v>44348</c:v>
                 </c:pt>
                 <c:pt idx="85">
-                  <c:v>44348</c:v>
+                  <c:v>44378</c:v>
                 </c:pt>
                 <c:pt idx="86">
-                  <c:v>44378</c:v>
+                  <c:v>44409</c:v>
                 </c:pt>
                 <c:pt idx="87">
-                  <c:v>44409</c:v>
+                  <c:v>44440</c:v>
                 </c:pt>
                 <c:pt idx="88">
-                  <c:v>44440</c:v>
+                  <c:v>44470</c:v>
                 </c:pt>
                 <c:pt idx="89">
-                  <c:v>44470</c:v>
+                  <c:v>44501</c:v>
                 </c:pt>
                 <c:pt idx="90">
-                  <c:v>44501</c:v>
+                  <c:v>44531</c:v>
                 </c:pt>
                 <c:pt idx="91">
-                  <c:v>44531</c:v>
+                  <c:v>44562</c:v>
                 </c:pt>
                 <c:pt idx="92">
-                  <c:v>44562</c:v>
+                  <c:v>44593</c:v>
                 </c:pt>
                 <c:pt idx="93">
-                  <c:v>44593</c:v>
+                  <c:v>44621</c:v>
                 </c:pt>
                 <c:pt idx="94">
-                  <c:v>44621</c:v>
+                  <c:v>44652</c:v>
                 </c:pt>
                 <c:pt idx="95">
-                  <c:v>44652</c:v>
+                  <c:v>44713</c:v>
                 </c:pt>
                 <c:pt idx="96">
-                  <c:v>44713</c:v>
+                  <c:v>44774</c:v>
                 </c:pt>
                 <c:pt idx="97">
-                  <c:v>44774</c:v>
+                  <c:v>44835</c:v>
                 </c:pt>
                 <c:pt idx="98">
-                  <c:v>44835</c:v>
+                  <c:v>44927</c:v>
                 </c:pt>
                 <c:pt idx="99">
-                  <c:v>44927</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="100">
-                  <c:v>44958</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="101">
-                  <c:v>44986</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="102">
-                  <c:v>45017</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="103">
-                  <c:v>45047</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="104">
-                  <c:v>45078</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="105">
-                  <c:v>45139</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="106">
-                  <c:v>45200</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="107">
-                  <c:v>45261</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="108">
-                  <c:v>45292</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="109">
-                  <c:v>45323</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="110">
-                  <c:v>45352</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="111">
-                  <c:v>45383</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="112">
-                  <c:v>45444</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="113">
-                  <c:v>45505</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
-                  <c:v>45566</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
-                  <c:v>45748</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
-                  <c:v>45809</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
-                  <c:v>45870</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="122">
-                  <c:v>45931</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$3:$D$125</c:f>
+              <c:f>Sheet1!$D$4:$D$126</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="123"/>
+                <c:pt idx="0">
+                  <c:v>25.9</c:v>
+                </c:pt>
                 <c:pt idx="1">
-                  <c:v>25.9</c:v>
+                  <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>25.4</c:v>
+                  <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>25.1</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>22.5</c:v>
+                  <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>20</c:v>
+                  <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>21.5</c:v>
+                  <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>24.8</c:v>
+                  <c:v>25.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>25.2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>24.9</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>31.5</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>32.5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>31.4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>30.7</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>32.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>27.5</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>30.6</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>31.4</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>27.9</c:v>
+                </c:pt>
+                <c:pt idx="32">
                   <c:v>25.9</c:v>
                 </c:pt>
-                <c:pt idx="10">
-[...62 lines deleted...]
-                <c:pt idx="31">
+                <c:pt idx="33">
                   <c:v>29.8</c:v>
                 </c:pt>
-                <c:pt idx="32">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="34">
-                  <c:v>29.8</c:v>
+                  <c:v>31.3</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>31.3</c:v>
+                  <c:v>33.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>33.700000000000003</c:v>
+                  <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>29.6</c:v>
+                  <c:v>29.9</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>29.9</c:v>
+                  <c:v>31.7</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>31.7</c:v>
+                  <c:v>32.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>32.700000000000003</c:v>
+                  <c:v>31.2</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>31.2</c:v>
+                  <c:v>28.6</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>28.6</c:v>
+                  <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>27.8</c:v>
+                  <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>25.4</c:v>
+                  <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>26</c:v>
+                  <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>25.6</c:v>
+                  <c:v>24.1</c:v>
                 </c:pt>
                 <c:pt idx="48">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>24.2</c:v>
+                </c:pt>
+                <c:pt idx="50">
                   <c:v>24.1</c:v>
                 </c:pt>
-                <c:pt idx="49">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="51">
-                  <c:v>24.1</c:v>
+                  <c:v>27.1</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>27.1</c:v>
+                  <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>25.4</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>23.4</c:v>
+                  <c:v>23.5</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>23.5</c:v>
+                  <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="57">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>24.4</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>28.1</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>24.8</c:v>
+                </c:pt>
+                <c:pt idx="62">
                   <c:v>23.6</c:v>
                 </c:pt>
-                <c:pt idx="58">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="63">
-                  <c:v>23.6</c:v>
+                  <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>23.9</c:v>
+                  <c:v>25.7</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>25.7</c:v>
+                  <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="66">
-                  <c:v>22</c:v>
+                  <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>22.3</c:v>
+                  <c:v>24.2</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>24.2</c:v>
+                  <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>27.5</c:v>
+                  <c:v>27.4</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>27.4</c:v>
+                  <c:v>26.5</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>26.5</c:v>
+                  <c:v>26.8</c:v>
                 </c:pt>
                 <c:pt idx="72">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>28.3</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>32.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>33.9</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>27.6</c:v>
+                </c:pt>
+                <c:pt idx="81">
                   <c:v>26.8</c:v>
                 </c:pt>
-                <c:pt idx="73">
+                <c:pt idx="82">
+                  <c:v>30.5</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>33.4</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>32.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>27.7</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>29.5</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>29.7</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>29.5</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>29.6</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>30.2</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>31.3</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>29.7</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>30.7</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>33.1</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>34.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>31.6</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="109">
                   <c:v>28.5</c:v>
                 </c:pt>
-                <c:pt idx="74">
-[...5 lines deleted...]
-                <c:pt idx="76">
+                <c:pt idx="110">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="114">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
-                <c:pt idx="77">
-[...20 lines deleted...]
-                <c:pt idx="84">
+                <c:pt idx="115">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>37.1</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>37.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="118">
                   <c:v>33.4</c:v>
                 </c:pt>
-                <c:pt idx="85">
-[...5 lines deleted...]
-                <c:pt idx="87">
+                <c:pt idx="119">
+                  <c:v>29.2</c:v>
+                </c:pt>
+                <c:pt idx="120">
                   <c:v>27.7</c:v>
                 </c:pt>
-                <c:pt idx="88">
-[...44 lines deleted...]
-                <c:pt idx="103">
+                <c:pt idx="121">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="122">
                   <c:v>33</c:v>
-                </c:pt>
-[...55 lines deleted...]
-                  <c:v>28.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-E753-4704-854C-45B8DF15CA8D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1049180799"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="1049180799"/>
@@ -22867,54 +21931,54 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$125</c:f>
+              <c:f>Sheet1!$A$2:$A$126</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="124"/>
+                <c:ptCount val="125"/>
                 <c:pt idx="2">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -23236,60 +22300,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="122">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="123">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$125</c:f>
+              <c:f>Sheet1!$B$2:$B$126</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="124"/>
+                <c:ptCount val="125"/>
                 <c:pt idx="2">
                   <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3.7</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4.0999999999999996</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>3.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
@@ -23611,50 +22678,53 @@
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="122">
                   <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="123">
                   <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>4.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-16AB-4DE4-B20C-7E73C6EB4CC0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="2052573216"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="2052573216"/>
@@ -23819,54 +22889,54 @@
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$120</c:f>
+              <c:f>Sheet1!$A$2:$A$121</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -24179,60 +23249,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$120</c:f>
+              <c:f>Sheet1!$B$2:$B$121</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>24.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>24.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -24545,92 +23618,95 @@
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>37</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>38</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>39.1</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>40</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>38.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>38.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>40.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>36.4</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>35.200000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$120</c:f>
+              <c:f>Sheet1!$A$2:$A$121</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -24943,60 +24019,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$120</c:f>
+              <c:f>Sheet1!$C$2:$C$121</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>28.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>28.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>26.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>27.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -25309,92 +24388,95 @@
                   <c:v>36.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>37.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>39.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>41.5</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>42</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>43.3</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>39.9</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>38.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$120</c:f>
+              <c:f>Sheet1!$A$2:$A$121</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -25707,60 +24789,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$120</c:f>
+              <c:f>Sheet1!$D$2:$D$121</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>14.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -26073,50 +25158,53 @@
                   <c:v>31.4</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>36.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>35.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>35.5</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>33.4</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>30.4</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>29.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="32777344"/>
         <c:axId val="32779264"/>
         <c:extLst/>
       </c:lineChart>
       <c:dateAx>
@@ -26297,54 +25385,54 @@
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$124</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -26666,60 +25754,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$123</c:f>
+              <c:f>Sheet1!$B$2:$B$124</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>8.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>5.2</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -27041,92 +26132,95 @@
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>14</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>10.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="186DB6"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$124</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -27448,60 +26542,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$123</c:f>
+              <c:f>Sheet1!$C$2:$C$124</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>9.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -27823,92 +26920,95 @@
                   <c:v>14.7</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>13.2</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>14.5</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>13.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$123</c:f>
+              <c:f>Sheet1!$A$2:$A$124</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>41760</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41791</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41821</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -28230,60 +27330,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$123</c:f>
+              <c:f>Sheet1!$D$2:$D$124</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="122"/>
+                <c:ptCount val="123"/>
                 <c:pt idx="0">
                   <c:v>8.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>3.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>3.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -28605,50 +27708,53 @@
                   <c:v>13.5</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="119">
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="120">
                   <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="121">
                   <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>5.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1B18-4E1D-B88A-98A7754B185F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="32777344"/>
         <c:axId val="32779264"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="32777344"/>
@@ -28820,54 +27926,54 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Any attempt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$120</c:f>
+              <c:f>Sheet1!$A$2:$A$121</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -29180,60 +28286,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$120</c:f>
+              <c:f>Sheet1!$B$2:$B$121</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -29546,91 +28655,94 @@
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>9.4</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>8.9</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>7.9</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>7.9</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>9.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1B38-4E12-9876-876210AFBBA9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Serious attempt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$120</c:f>
+              <c:f>Sheet1!$A$2:$A$121</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>41852</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41883</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41913</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41944</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>41974</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>42036</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>42064</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -29943,60 +29055,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$120</c:f>
+              <c:f>Sheet1!$C$2:$C$121</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="119"/>
+                <c:ptCount val="120"/>
                 <c:pt idx="0">
                   <c:v>8.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>12.7</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -30309,50 +29424,53 @@
                   <c:v>11.8</c:v>
                 </c:pt>
                 <c:pt idx="111">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="112">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="113">
                   <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="114">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="115">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="116">
                   <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="117">
                   <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="118">
                   <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>16.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B38-4E12-9876-876210AFBBA9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="545062624"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="545062624"/>
@@ -30524,54 +29642,54 @@
           <c:idx val="2"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Any attempt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="E6007E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$48</c:f>
+              <c:f>Sheet1!$A$2:$A$49</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="47"/>
+                <c:ptCount val="48"/>
                 <c:pt idx="0">
                   <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -30668,60 +29786,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="39">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$48</c:f>
+              <c:f>Sheet1!$B$2:$B$49</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="47"/>
+                <c:ptCount val="48"/>
                 <c:pt idx="0">
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>25.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>23.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -30818,91 +29939,94 @@
                   <c:v>35.5</c:v>
                 </c:pt>
                 <c:pt idx="39">
                   <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>38.5</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>39.4</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>39.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>39.1</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>42.6</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>41.3</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>39.6</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-A2E1-4611-AC79-CF1976BD39B3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Serious attempt</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="2E2F86"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$48</c:f>
+              <c:f>Sheet1!$A$2:$A$49</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="47"/>
+                <c:ptCount val="48"/>
                 <c:pt idx="0">
                   <c:v>44075</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>44105</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>44136</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>44166</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>44197</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>44228</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44256</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>44287</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -30999,60 +30123,63 @@
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="39">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>45992</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$48</c:f>
+              <c:f>Sheet1!$C$2:$C$49</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="47"/>
+                <c:ptCount val="48"/>
                 <c:pt idx="0">
                   <c:v>31.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>32.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>31.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>38.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>37.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>39.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>31.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -31149,50 +30276,53 @@
                   <c:v>35.1</c:v>
                 </c:pt>
                 <c:pt idx="39">
                   <c:v>39.4</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>43.8</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>44.8</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>46.4</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>46.8</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>49.2</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>42.7</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>42.7</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>48</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-A2E1-4611-AC79-CF1976BD39B3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="545062624"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="545062624"/>
@@ -36272,69 +35402,69 @@
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Last updated: 12</a:t>
+              <a:t>Last updated: 13</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>th</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> November 2025</a:t>
+              <a:t> January 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
@@ -36819,51 +35949,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Question: Which, if any, of the following did you use to try to help restrict your alcohol consumption during the most recent attempt? (answer options not mutually exclusive)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 10"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3563957433"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4006146302"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1606550"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -37147,51 +36277,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Question: Which of the following, if any, do you think contributed to you making the most recent attempt to restrict your alcohol consumption?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 8"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1883505842"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2847349703"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="301624" y="1646382"/>
           <a:ext cx="8582747" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -38322,51 +37452,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ABC1: Professional to clerical occupation; C2DE: Manual occupation</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 11"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="584122006"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="983005027"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1608138"/>
           <a:ext cx="8229600" cy="4525962"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -38650,51 +37780,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Risky drinking operationalised as those scoring AUDIT-C ≥5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 11"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3120725860"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3605694123"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1608138"/>
           <a:ext cx="8229600" cy="4525962"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -38995,51 +38125,51 @@
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Question: Are you currently trying to restrict your alcohol consumption e.g. by drinking less, choosing lower strength alcohol or using smaller glasses? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 12"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3187950501"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="737166208"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -39318,51 +38448,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ABC1: Professional to clerical occupation; C2DE: Manual occupation. Question: Which of the following best describes you? I REALLY want to cut down on drinking alcohol and intend to in the next month; I REALLY want to cut down on drinking alcohol and intend to in the next 3 months; I want to cut down on drinking alcohol and hope to soon; I REALLY want to cut down on drinking alcohol but I don't know when I will; I want to cut down on drinking alcohol but haven't thought about when; I think I should cut down on drinking alcohol but don't really want to; I don't want to cut down on drinking alcohol </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 10"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="53426173"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="881192646"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -39640,51 +38770,51 @@
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="850" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Question: In the last 12 months, has a doctor or other health worker within your GP surgery discussed your drinking? No; Yes, a doctor or other health worker within my GP surgery asked about my drinking; Yes, a doctor or other health worker within my GP surgery offered advice about cutting down on my drinking; Yes, a doctor or other health worker within my GP surgery offered help or support within the surgery to help me cut down; Yes, a doctor or other health worker within my GP surgery referred me to an alcohol service or advised me to seek specialist help. Follow-up question: You said a doctor or other health worker within your GP surgery has not discussed your drinking with you in the last 12 months. Please could you confirm which of the following statements applies to you: I have not seen a doctor or health worker within my GP surgery in last 12 months; I have seen a doctor or health worker within my GP surgery in the last 12 months but did not discuss my drinking</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Chart 9"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1867632996"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="707372346"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="331788" y="1682750"/>
           <a:ext cx="8480425" cy="4210050"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -39970,51 +39100,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ABC1: Professional to clerical occupation; C2DE: Manual occupation; Question: How many attempts to restrict your alcohol consumption have you made in the last 12 months (e.g. by drinking less, choosing lower strength alcohol or using smaller glasses)? Please include all attempts you have made in the last 12 months, whether or not they were successful, AND any attempt that you are currently making.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="11" name="Content Placeholder 10"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="102279152"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1692405275"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="301625" y="1600200"/>
           <a:ext cx="8385175" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -40298,51 +39428,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ABC1: Professional to clerical occupation; C2DE: Manual occupation. Question: How many attempts to restrict your alcohol consumption have you made in the last 12 months (e.g. by drinking less, choosing lower strength alcohol or using smaller glasses)? Please include all attempts you have made in the last 12 months, whether or not they were successful, AND any attempt that you are currently making. Follow-up question: During your most recent attempt to restrict your alcohol consumption, was it a serious attempt to cut down on your drinking permanently?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="11" name="Content Placeholder 10"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="291630999"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3119924561"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="301625" y="1600200"/>
           <a:ext cx="8385175" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -40644,51 +39774,51 @@
               </a:rPr>
               <a:t>nalmefene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>) or behavioural support (any delivery mode)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Content Placeholder 10"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1357022304"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2073928095"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1606550"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
@@ -42584,63 +41714,72 @@
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:path path="circle">
           <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
         </a:path>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -42817,93 +41956,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D79FE04-7DA4-41D2-9BF3-1785DC81E032}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA1BCD68-B12C-4DDE-A410-7E8765890E8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C1EE9E8-159D-4C53-B956-E2AD0DC40DB6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5DC24EA-063C-4378-A332-766973B6DE97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>1374</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>57</Paragraphs>
   <Slides>13</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>